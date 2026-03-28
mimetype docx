--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -1,96 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 20.11.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00E449A2" w:rsidRPr="003D30DD" w:rsidP="00E449A2" w14:paraId="27F5EA15" w14:textId="412A74DA">
+    <w:p w14:paraId="4F8ECD8B" w14:textId="77777777" w:rsidR="00E449A2" w:rsidRPr="003D30DD" w:rsidRDefault="00000000" w:rsidP="00E449A2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indicação Nº 9/2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD1C4D" w:rsidRPr="003D30DD" w:rsidP="00CD1C4D" w14:paraId="2021E96B" w14:textId="18982E0C">
+    <w:p w14:paraId="4D9C202C" w14:textId="77777777" w:rsidR="00CD1C4D" w:rsidRPr="003D30DD" w:rsidRDefault="00CD1C4D" w:rsidP="00CD1C4D">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD1C4D" w:rsidRPr="003D30DD" w:rsidP="00CD1C4D" w14:paraId="500473C7" w14:textId="672B8DBA">
-[...10 lines deleted...]
-    <w:p w:rsidR="007801C7" w:rsidP="002A11A1" w14:paraId="2F35DD8C" w14:textId="77777777">
+    <w:p w14:paraId="798B199D" w14:textId="3D200D95" w:rsidR="007801C7" w:rsidRDefault="00000000" w:rsidP="002A11A1">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INDICAMOS</w:t>
       </w:r>
       <w:r w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -157,466 +147,528 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">seja realizada a </w:t>
       </w:r>
       <w:r w:rsidRPr="00E65EA3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>notificação imediata e com extrema urgência</w:t>
       </w:r>
       <w:r w:rsidRPr="007801C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> do proprietário do terreno, para que providencie a devida roçagem e limpeza do local, adotando-se, em caso de descumprimento, as medidas legais cabíveis, a fim de garantir a saúde, a segurança e o bem-estar da população.</w:t>
       </w:r>
+      <w:r w:rsidR="00832F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O terreno está situado à rua Paulo Dias s/n, ao lado </w:t>
+      </w:r>
+      <w:r w:rsidR="00832F7B" w:rsidRPr="00832F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do despachante Ventura</w:t>
+      </w:r>
+      <w:r w:rsidR="00832F7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009165CB" w:rsidP="007801C7" w14:paraId="7312DE4D" w14:textId="32B59237">
+    <w:p w14:paraId="68628FDF" w14:textId="77777777" w:rsidR="009165CB" w:rsidRDefault="00000000" w:rsidP="007801C7">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Segue foto</w:t>
       </w:r>
       <w:r w:rsidR="00EA653F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> em anexo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA653F" w:rsidP="002A11A1" w14:paraId="4B8F9E48" w14:textId="4F4D459D">
+    <w:p w14:paraId="28365753" w14:textId="77777777" w:rsidR="00EA653F" w:rsidRDefault="00000000" w:rsidP="002A11A1">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16E91FD8" wp14:editId="087751F3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>221615</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>506095</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3839845" cy="2159635"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="144072599" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2009372229" name="Imagem 144072599"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3839845" cy="2159635"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA653F" w:rsidP="002A11A1" w14:paraId="30E03EC5" w14:textId="77D14DB7">
+    <w:p w14:paraId="47C0C18D" w14:textId="77777777" w:rsidR="00EA653F" w:rsidRDefault="00EA653F" w:rsidP="002A11A1">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009165CB" w:rsidRPr="002A11A1" w:rsidP="00713F83" w14:paraId="265DAF0D" w14:textId="2517DFF5">
+    <w:p w14:paraId="48CE131E" w14:textId="77777777" w:rsidR="009165CB" w:rsidRPr="002A11A1" w:rsidRDefault="009165CB" w:rsidP="00713F83">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B46E2" w:rsidRPr="001B46E2" w:rsidP="001B46E2" w14:paraId="712DA3B5" w14:textId="097B0743">
+    <w:p w14:paraId="24C03806" w14:textId="77777777" w:rsidR="001B46E2" w:rsidRPr="001B46E2" w:rsidRDefault="00000000" w:rsidP="001B46E2">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4977">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JUSTIFICATIVA:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B46E2" w:rsidRPr="001B46E2" w:rsidP="001B46E2" w14:paraId="7EEE5D79" w14:textId="77777777">
+    <w:p w14:paraId="7D31F4A6" w14:textId="77777777" w:rsidR="001B46E2" w:rsidRPr="001B46E2" w:rsidRDefault="00000000" w:rsidP="001B46E2">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B46E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O referido terreno é particular e encontra-se em estado de abandono, com mato alto, o que vem causando sérios riscos à saúde pública. Conforme relatos de moradores da localidade, já foram encontrados mais de três escorpiões no local, havendo inclusive informações de que algumas pessoas já foram picadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00303113" w:rsidP="001B46E2" w14:paraId="66771330" w14:textId="1984DB94">
+    <w:p w14:paraId="00838689" w14:textId="77777777" w:rsidR="00303113" w:rsidRDefault="00000000" w:rsidP="001B46E2">
       <w:pPr>
         <w:spacing w:after="160" w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B46E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ressalta-se a gravidade da situação, tendo em vista o risco iminente à população do entorno, especialmente crianças, idosos e animais domésticos, considerando que o ambiente favorece a proliferação de animais peçonhentos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E473F" w:rsidRPr="003D30DD" w:rsidP="00290768" w14:paraId="6600BC38" w14:textId="2ED2DA27">
+    <w:p w14:paraId="50CCDD8E" w14:textId="77777777" w:rsidR="006E473F" w:rsidRPr="003D30DD" w:rsidRDefault="00000000" w:rsidP="00290768">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Sala das Sessões “Plenário Vereador Orlando Silva”, </w:t>
       </w:r>
       <w:r w:rsidR="009165CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00885F16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D30DD" w:rsidR="0079469F">
+      <w:r w:rsidR="0079469F" w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="009165CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fevereiro</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D30DD" w:rsidR="00A6783A">
+      <w:r w:rsidR="00A6783A" w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 202</w:t>
       </w:r>
       <w:r w:rsidR="00A0269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E473F" w:rsidRPr="003D30DD" w:rsidP="003D30DD" w14:paraId="45418C22" w14:textId="77777777">
+    <w:p w14:paraId="5E5C7BBC" w14:textId="77777777" w:rsidR="006E473F" w:rsidRPr="003D30DD" w:rsidRDefault="006E473F" w:rsidP="003D30DD">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A450A" w:rsidRPr="003D30DD" w:rsidP="003D30DD" w14:paraId="7EA9BB61" w14:textId="464D2033">
+    <w:p w14:paraId="1D03B6DD" w14:textId="77777777" w:rsidR="000A450A" w:rsidRPr="003D30DD" w:rsidRDefault="00000000" w:rsidP="003D30DD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEO PISTILA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D3192A" w:rsidRPr="000661AF" w:rsidP="000661AF" w14:paraId="06B04B81" w14:textId="35F50587">
+    <w:p w14:paraId="328AEE6A" w14:textId="77777777" w:rsidR="00D3192A" w:rsidRPr="000661AF" w:rsidRDefault="00000000" w:rsidP="000661AF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D30DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VEREADOR</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="003C6DBA">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00D3192A" w:rsidRPr="000661AF" w:rsidSect="003C6DBA">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2694" w:right="991" w:bottom="1417" w:left="851" w:header="709" w:footer="290" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="07E15949" w14:textId="77777777" w:rsidR="00676B6C" w:rsidRDefault="00676B6C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6C87CA52" w14:textId="77777777" w:rsidR="00676B6C" w:rsidRDefault="00676B6C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00591627" w:rsidP="004C3076" w14:paraId="28CC3B29" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3EF72CC9" w14:textId="77777777" w:rsidR="00591627" w:rsidRDefault="00000000" w:rsidP="004C3076">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Rua Hamilton Moratti, 10 – Vila Santa Luzia – CEP 18125-000 – Alumínio – SP – Fone: (11) 4715-4700</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004C3076" w:rsidP="004C3076" w14:paraId="3E064BF1" w14:textId="77777777">
+  <w:p w14:paraId="2B7DEDAB" w14:textId="77777777" w:rsidR="004C3076" w:rsidRDefault="00000000" w:rsidP="004C3076">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Rodap"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>CNPJ: 58.987.652/000-41 – www.camaraaluminio.sp.gov.br</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="64C1FFBB" w14:textId="77777777" w:rsidR="00676B6C" w:rsidRDefault="00676B6C">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2397563D" w14:textId="77777777" w:rsidR="00676B6C" w:rsidRDefault="00676B6C">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00591627" w:rsidP="001F7E0D" w14:paraId="4CA758EB" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68E0EFFF" w14:textId="77777777" w:rsidR="00591627" w:rsidRDefault="00000000" w:rsidP="001F7E0D">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="2685"/>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="2685"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BA4D06E" wp14:editId="7CDCF6E1">
           <wp:extent cx="1033593" cy="1260000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="696125125" name="Imagem 696125125"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1510278374" name="brasao.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1033593" cy="1260000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
@@ -626,247 +678,255 @@
     </w:r>
     <w:r w:rsidR="004C3076">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="005F7ED5">
       <w:t xml:space="preserve">                                                              </w:t>
     </w:r>
     <w:r w:rsidR="003C6DBA">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="005F7ED5">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004C3076">
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r w:rsidR="005F7ED5">
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="005F7ED5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43F81DBC" wp14:editId="209982DA">
           <wp:extent cx="1584000" cy="917054"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1506124978" name="Imagem 1506124978"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1554939629" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
-                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1584000" cy="917054"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="001F7E0D">
       <w:t xml:space="preserve">                                                   </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00591627" w14:paraId="4B0B1BCB" w14:textId="77777777">
+  <w:p w14:paraId="1863FB61" w14:textId="77777777" w:rsidR="00591627" w:rsidRDefault="00591627">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CAF1325"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="89249DE6"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="351A6F14">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="AE36E968">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="D8C0C7F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="1A721032">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="AA2CC3FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="76D0898A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="E3467124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="1026BFD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="C8AAB284">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1021317101">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00591627"/>
+    <w:rsid w:val="00001DBE"/>
     <w:rsid w:val="0000478A"/>
     <w:rsid w:val="00006EBB"/>
     <w:rsid w:val="00015F51"/>
     <w:rsid w:val="00020382"/>
     <w:rsid w:val="00020BAB"/>
     <w:rsid w:val="00024433"/>
     <w:rsid w:val="000379A1"/>
     <w:rsid w:val="000555B0"/>
     <w:rsid w:val="000625A2"/>
     <w:rsid w:val="000661AF"/>
     <w:rsid w:val="000A0906"/>
     <w:rsid w:val="000A450A"/>
     <w:rsid w:val="000C41B2"/>
     <w:rsid w:val="000D0CAC"/>
     <w:rsid w:val="000D7B48"/>
     <w:rsid w:val="00117C2C"/>
     <w:rsid w:val="0012485D"/>
     <w:rsid w:val="00125E1A"/>
     <w:rsid w:val="0013122D"/>
     <w:rsid w:val="001321D8"/>
     <w:rsid w:val="001375A2"/>
     <w:rsid w:val="00141F51"/>
     <w:rsid w:val="0014208A"/>
     <w:rsid w:val="00145CFE"/>
     <w:rsid w:val="001633B3"/>
@@ -925,86 +985,88 @@
     <w:rsid w:val="004C2ADE"/>
     <w:rsid w:val="004C3076"/>
     <w:rsid w:val="004C31B4"/>
     <w:rsid w:val="004D3D14"/>
     <w:rsid w:val="004D5190"/>
     <w:rsid w:val="004D6658"/>
     <w:rsid w:val="004E4BBE"/>
     <w:rsid w:val="00503044"/>
     <w:rsid w:val="005118B3"/>
     <w:rsid w:val="00514008"/>
     <w:rsid w:val="005311F8"/>
     <w:rsid w:val="00544DBB"/>
     <w:rsid w:val="00560E49"/>
     <w:rsid w:val="005677CE"/>
     <w:rsid w:val="00580DDC"/>
     <w:rsid w:val="00591627"/>
     <w:rsid w:val="005A1FD6"/>
     <w:rsid w:val="005B00CD"/>
     <w:rsid w:val="005B1AF2"/>
     <w:rsid w:val="005C21CA"/>
     <w:rsid w:val="005E745B"/>
     <w:rsid w:val="005F7ED5"/>
     <w:rsid w:val="00610C1C"/>
     <w:rsid w:val="00615A83"/>
     <w:rsid w:val="00641F7E"/>
+    <w:rsid w:val="00676B6C"/>
     <w:rsid w:val="00680632"/>
     <w:rsid w:val="00683A01"/>
     <w:rsid w:val="00690EE8"/>
     <w:rsid w:val="00691A33"/>
     <w:rsid w:val="006A46AE"/>
     <w:rsid w:val="006A6E00"/>
     <w:rsid w:val="006C271F"/>
     <w:rsid w:val="006C49F3"/>
     <w:rsid w:val="006E473F"/>
     <w:rsid w:val="0071042C"/>
     <w:rsid w:val="00713F83"/>
     <w:rsid w:val="00722412"/>
     <w:rsid w:val="00727ED0"/>
     <w:rsid w:val="00741240"/>
     <w:rsid w:val="0076237B"/>
     <w:rsid w:val="0076314A"/>
     <w:rsid w:val="00767262"/>
     <w:rsid w:val="007801C7"/>
     <w:rsid w:val="00785E7E"/>
     <w:rsid w:val="00787F9A"/>
     <w:rsid w:val="007901E9"/>
     <w:rsid w:val="0079469F"/>
     <w:rsid w:val="007A23EA"/>
     <w:rsid w:val="007B0D5F"/>
     <w:rsid w:val="007B4439"/>
     <w:rsid w:val="007B5C5D"/>
     <w:rsid w:val="007C371C"/>
     <w:rsid w:val="007C50D2"/>
     <w:rsid w:val="007D495F"/>
     <w:rsid w:val="007D4D8A"/>
     <w:rsid w:val="007E706C"/>
     <w:rsid w:val="008072CB"/>
     <w:rsid w:val="00810C2E"/>
     <w:rsid w:val="00816294"/>
     <w:rsid w:val="00826DF0"/>
     <w:rsid w:val="008306C5"/>
+    <w:rsid w:val="00832F7B"/>
     <w:rsid w:val="00842367"/>
     <w:rsid w:val="00853CD7"/>
     <w:rsid w:val="00857359"/>
     <w:rsid w:val="008671D7"/>
     <w:rsid w:val="008707B3"/>
     <w:rsid w:val="00870B2C"/>
     <w:rsid w:val="00885F16"/>
     <w:rsid w:val="008B0FEB"/>
     <w:rsid w:val="008B1EB4"/>
     <w:rsid w:val="008E1FA4"/>
     <w:rsid w:val="00910DF8"/>
     <w:rsid w:val="009165CB"/>
     <w:rsid w:val="00964DB3"/>
     <w:rsid w:val="00981EBD"/>
     <w:rsid w:val="00982FB7"/>
     <w:rsid w:val="009A39FC"/>
     <w:rsid w:val="009A40F8"/>
     <w:rsid w:val="009B3DD1"/>
     <w:rsid w:val="009B6A77"/>
     <w:rsid w:val="009C14F8"/>
     <w:rsid w:val="009C1EFB"/>
     <w:rsid w:val="009D6B72"/>
     <w:rsid w:val="009D71D4"/>
     <w:rsid w:val="009D7AA1"/>
     <w:rsid w:val="009E3CE2"/>
@@ -1075,60 +1137,79 @@
     <w:rsid w:val="00ED72A8"/>
     <w:rsid w:val="00EE77FA"/>
     <w:rsid w:val="00F04463"/>
     <w:rsid w:val="00F0645C"/>
     <w:rsid w:val="00F17CAD"/>
     <w:rsid w:val="00F30C0C"/>
     <w:rsid w:val="00F31C91"/>
     <w:rsid w:val="00F431B4"/>
     <w:rsid w:val="00F438A3"/>
     <w:rsid w:val="00F473AD"/>
     <w:rsid w:val="00F705F0"/>
     <w:rsid w:val="00F707DC"/>
     <w:rsid w:val="00F83FDC"/>
     <w:rsid w:val="00F8617D"/>
     <w:rsid w:val="00F903E6"/>
     <w:rsid w:val="00FB07C4"/>
     <w:rsid w:val="00FC2E54"/>
     <w:rsid w:val="00FC3A60"/>
     <w:rsid w:val="00FC4BD4"/>
     <w:rsid w:val="00FD03BD"/>
     <w:rsid w:val="00FE28B7"/>
     <w:rsid w:val="00FE5F7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2213F04A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E7F583DE-9018-4F3A-9246-BA752E85EDCE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1481,201 +1562,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DE0C27"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AC3B95"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00591627"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00591627"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00591627"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00591627"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00810C2E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
     <w:name w:val="Título 5 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading5"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo5"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC3B95"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="20"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C23E04"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" /></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1929,86 +2011,87 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{374EF7F9-54C6-4B16-AF74-39CA4353AC5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>168</Words>
-  <Characters>908</Characters>
+  <Words>180</Words>
+  <Characters>972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1074</CharactersWithSpaces>
+  <CharactersWithSpaces>1150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>roberto gaspar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>